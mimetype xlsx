--- v0 (2025-12-04)
+++ v1 (2026-02-28)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1144" uniqueCount="451">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1168" uniqueCount="464">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -567,50 +567,74 @@
     <t>https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/322/projeto_043-2025.pdf</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre criação do Conselho Municipal de Educação do Município de Cambira-PR.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/321/projeto_044-2025.pdf</t>
   </si>
   <si>
     <t>Súmula: Ratifica a Alteração e Consolidação do contrato do Consórcio Público firmado entre os Municípios integrantes do Consórcio Intermunicipal de Segurança Pública, Soluções e Melhorias do Norte Central Paranaense CISMEL_NCP.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>DISPÕE SOBREA OBRIGATORIEDADE DOS OFÍCIAIS DOS CARTÓRIOS DE REGISTRO DE IMÓVEIS E TABELIONATOS DE NOTAS DO MUNICÍPIO DE CAMBIRA INFORMAREM À PREFEITURA MUNICIPAL AS TRANSAÇÕES IMOBILIÁRIAS REALIZADAS E DÁ OUTRAS PROVIDÊNCIAIS</t>
+  </si>
+  <si>
+    <t>330</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/330/projeto_046-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A TRANSFERÊNCIA VOLUNTÁRIA A ASSOCIAÇÃO DE PROTEÇÃO À MATERNIDADE, À INFÂNCIA E À FAMÍLIA - APMIF DE CAMBIRA, PARA FINS QUE ESPECIFICA EM TERMO DE FOMENTO.</t>
+  </si>
+  <si>
+    <t>331</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/331/projeto_de_lei_no_047_.2025.pdf</t>
+  </si>
+  <si>
+    <t>SÚMULA: DISPÔE SOBRE A TRANSFERÊNCIA VOLUNTÁRIA A ASSOCIAÇÂO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE CAMBIRA, PARA FINS QUE ESPECIFICA EM TERMO DE FOMENTO.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>MARCIA APARECIDA VISCARDI DA COSTA</t>
   </si>
   <si>
     <t>SEJA COLOCADO EM REGIME DE URGENCIA ESPECIAL O PROJETO 001/2025, QUE PASSARÁ A INTEGRAR A ORDEM DO DIA DESTA SESSÃO EXTRAORDINÁRIA.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>SEJA COLOCADO EM REGIME DE URGENCIA ESPECIAL O PROJETO 002/2025, QUE PASSARÁ A INTEGRAR A ORDEM DO DIA DESTA SESSÃO EXTRAORDINÁRIA.</t>
   </si>
   <si>
     <t>219</t>
   </si>
@@ -640,50 +664,65 @@
   <si>
     <t>SILVIO ADRIANO MACHADO</t>
   </si>
   <si>
     <t>Requeiro na forma regimental, após apreciação pelo Plenário, com base no artigo 144 do Regimento Interno desta casa, que:_x000D_
 “Seja colocado em regime de urgência especial o Projeto 039/2025 do Executivo municipal que passará a integrar a ordem do dia desta Sessão Ordinária”</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>SÚMULA: FICAM APROVADAS AS CONTAS DO PODER EXECUTIVO MUNICIPAL DE CAMBIRA - PR, _x000D_
 REFERENTES AO EXERCÍCIO DE 2022.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>Ficam Aprovadas as contas do Poder executivo Municipal de Cambira PR Referentes ao Exercício de 2023.</t>
+  </si>
+  <si>
+    <t>332</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/332/001.2025.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O REMANEJAMENTO DE DOTAÇÃO ORÇAMENTÁRIA PARA O EXECUTIVO MUNICIPAL FRENTE AO FECHAMENTO DE EXERCÍCIO ORÇAMENTÁRIO DESTA CASA DE LEIS.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Arquivo - aq</t>
   </si>
   <si>
     <t>INDICAÇÃO_x000D_
 CONSTRUÇÃO DE UMA QUADRA NO JARDIM RAFAELA I._x000D_
 _x000D_
 MARCOS RODRIGO DA SILVA_x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>INDICAÇÃO_x000D_
@@ -1041,53 +1080,50 @@
   <si>
     <t>265</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, VEM RESPEITOSAMENTE INDICAR À EXELENTÍSSIMA SENHORA PREFEITA MUNICIPAL DE CAMBIRA, ANA LÚCIA DE OLIVEIRA, QUE PROVIDENCIE, POR MEIO DO SETOR COMPETENTE, A CONTRATAÇÃO DE UM PROFISSIONAL FONOAUDIOLÓLOGO PARA ATUAR NO ATENDIMENTO À POPULAÇÃO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>O VEREADOR SILVIO ADRIANO MACHADO, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, VEM RESPEITOSAMENTE APRESENTAR A SEGUINTE INDICAÇÃO À SENHORA PREFEITA MUNICIPAL DE CAMBIRA - PR, SOLICITANDO PROVIDÊNCIAS PARA A MANUTENÇÃO E REFORMA DOS BRINQUEDOS DA PRAÇA LOCALIZADA ENTRE A AVENIDA ITÁLIA E A RUA SÃO PAULO.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>LUCIANA MAGON</t>
   </si>
   <si>
     <t>A VEREADORA LUCIANA MAGON, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, QUE SEJA OFICIADO A EXCELENTISSIMA SENHORA PREFEITA MUNICIPAL, SOLICITANDO A DISPONIBILIZAÇÃO DE UM PROFISSIONAL DE SEGURANÇA, COM ATUAÇÃO TODOS OS DIAS DA SEMANA (DOMINGO A DOMINGO), PARA O POSTO DE SAÚDE.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>46</t>
-[...1 lines deleted...]
-  <si>
     <t>O VEREADOR MARCOS RODRIGO DA SILVA, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, QUE SEJA OFICIADO A EXCELENTÍSSIMA SENHORA PREFEITA MUNICIPAL E À SECRETÁRIA MUNICIPAL DE EDUCAÇÃO, SUGERINDO A REALIZAÇÃO DE ATIVIDADES EDUCATIVAS VOLTADAS AO ENSINO DE NOÇÕES BÁSICAS DE PRIMEIROS SOCORROS PARA OS ALUNOS DA REDE MUNICIPAL DE ENSINO, DE FORMA LÚDICA, ORIENTADA E ADAPTADA Á FAIXA ETÁRIA.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>A VEREADORA LUCIANA MAGON,NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS QUE SEJA OFICIADO A EXCELENTÍSSIMA SENHORA PREFEITA MUNICIPAL, SOLICITANDO A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (QUEBRA - MOLAS) NA RUA GUANABARA, NAS PROXIMIDADES DO NÚMERO 472, NESTA CIDADE DE CAMBIRA/PR</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>O VEREADOR JOSÉ CARLOS DOS SANTOS, NO USO DE SUAS ATRIBUIÇÃOES LEGAIS E REGIMENTAIS, QUE SEJA OFICIADO A EXCELENTÍSSIMA SENHORA PREFEITA MUNICIPAL, SOLICITANDO PROVIDÊNCIAS PARA: _x000D_
 1. A DESATIVAÇÃO DA CHAMADA ESTRADA MILITAR, ATUALMENTE EM DESUSO E SEM MANUTENÇÃO ADEQUADA;_x000D_
 2. E A INSTITUIÇÃO DA CONTINUIDADE DA ESTRADA ÁLVARES COMO ESTRADA RURAL MUNICIPAL, RECONHECENDO -A OFICIALMENTE COMO VIA PÚBLICA E INTEGRANDO -A Á MALHA VIÁRIA RURAL DO MUNICIPIO</t>
   </si>
   <si>
     <t>285</t>
   </si>
@@ -1482,50 +1518,53 @@
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR N°011/2025 .       DISPÔE SOBRE A CRIAÇÃO DO CONCELHO MUNICIPAL DOS DIREITOS DAS PESSOAS COM DEFICIÊNCIA DO MUNICÍPIO DE CAMBIRA CMDPDC, A CRIAÇÃO DO FUNDO MUNICIPAL DOS DIREITOS DA PESSOA COM DEFICIÊNCIA - FMDPD E A REVOGAÇÃO DA LEI N°1462/2012 DE 28/12/2012.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/280/complementar_12-2025.pdf</t>
   </si>
   <si>
     <t>SUMULA: Cria o Fundo Municipal de Saneamento Básico e Ambiental - FMSBA e da outras providências.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/284/complementar_13-2025.pdf</t>
   </si>
   <si>
     <t>SÚMULA: ALTERA REDAÇÃO DO ARTIGO 1° DA LEI 1191/2010, DE 01/06/2010, INSERI PARÁGRAFO ÚNICO E REVOGA LEI 1.332/2011 DE 07/12/2011. E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>327</t>
+  </si>
+  <si>
+    <t>https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/327/projeto_de_lei_complementar_no16.2025_1.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FUNDO MUNICIPAL PARA O ESPORTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>EMI</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA</t>
   </si>
   <si>
     <t>EMENDAS PARLAMENTARES INDIVIDUAIS AO PROJETO DE LEI Nº 040/25, QUE ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO FINANCEIRO DE 2026</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>EMENDAS PARLAMENTARES DE BANCADA AO PROJETO DE LEI Nº 040/25, QUE ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO FINANCEIRO DE 2026</t>
   </si>
   <si>
     <t>253</t>
   </si>
@@ -1862,56 +1901,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/186/projeto_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/187/projeto_de_lei_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/188/projeto_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/189/projeto_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/190/substitutivo_005_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/191/projeto_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/192/projeto_007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/193/projeto_08-2025_subst_02.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_009_substitutivo_004-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/196/substitutivo_06-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/195/projeto_011_substitutivo_010.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/223/projeto_015-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/231/projeto_de_lei_16-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/268/substitutivo_11-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/240/projeto_018-20251.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/239/projeto_de_lei_019-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/236/projeto_de_lei_020-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/241/projeto_021-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/249/projeto_022-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/262/projeto_de_lei_n23-2025-20250605101607.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/267/projeto_024-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/263/projeto_de_lei_n25-2025-20250605100743.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/272/projeto_026-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/274/pl_substitutivo_n_13.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/275/projeto_de_lei_028_substitutivo_014-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/283/projeto_029-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/282/projeto_030-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/281/projeto_031-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lei_complementar_n014_.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/297/projeto_033-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/296/projeto_034-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/300/projeto_035-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/305/projeto_036-2025_sub_18.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/304/projeto_de_lei_no37.2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/317/projeto_de_lei_038.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/308/projeto_de_lei_no39_.2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/307/projeto_de_lei_n40_.2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/315/projeto_de_lei_041.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/316/projeto_de_lei_n042.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/322/projeto_043-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/321/projeto_044-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/232/legislativo_002-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/309/projeto_leg_03-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/230/projeto_lei_complementar_001-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/245/organized.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/256/projeto_lei_complementar_04-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/257/projeto_lei_complementar_05-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/258/projeto_lei_complementar_06-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/259/projeto_lei_complementar_07-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/260/projeto_lei_complementar_08-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/261/projeto_lei_complementar_09-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/270/projeto_lei_complementar_010-2025_substitutivo_15.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/269/novo_documento.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/280/complementar_12-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/284/complementar_13-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/186/projeto_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/187/projeto_de_lei_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/188/projeto_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/189/projeto_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/190/substitutivo_005_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/191/projeto_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/192/projeto_007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/193/projeto_08-2025_subst_02.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_009_substitutivo_004-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/196/substitutivo_06-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/195/projeto_011_substitutivo_010.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/223/projeto_015-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/231/projeto_de_lei_16-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/268/substitutivo_11-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/240/projeto_018-20251.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/239/projeto_de_lei_019-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/236/projeto_de_lei_020-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/241/projeto_021-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/249/projeto_022-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/262/projeto_de_lei_n23-2025-20250605101607.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/267/projeto_024-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/263/projeto_de_lei_n25-2025-20250605100743.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/272/projeto_026-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/274/pl_substitutivo_n_13.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/275/projeto_de_lei_028_substitutivo_014-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/283/projeto_029-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/282/projeto_030-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/281/projeto_031-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lei_complementar_n014_.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/297/projeto_033-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/296/projeto_034-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/300/projeto_035-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/305/projeto_036-2025_sub_18.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/304/projeto_de_lei_no37.2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/317/projeto_de_lei_038.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/308/projeto_de_lei_no39_.2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/307/projeto_de_lei_n40_.2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/315/projeto_de_lei_041.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/316/projeto_de_lei_n042.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/322/projeto_043-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/321/projeto_044-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/330/projeto_046-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/331/projeto_de_lei_no_047_.2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/332/001.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/232/legislativo_002-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/309/projeto_leg_03-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/230/projeto_lei_complementar_001-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/245/organized.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/256/projeto_lei_complementar_04-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/257/projeto_lei_complementar_05-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/258/projeto_lei_complementar_06-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/259/projeto_lei_complementar_07-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/260/projeto_lei_complementar_08-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/261/projeto_lei_complementar_09-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/270/projeto_lei_complementar_010-2025_substitutivo_15.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/269/novo_documento.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/280/complementar_12-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/284/complementar_13-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/sapl/public/materialegislativa/2025/327/projeto_de_lei_complementar_no16.2025_1.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambira.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H143"/>
+  <dimension ref="A1:H146"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="36.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="121.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3035,2614 +3074,2692 @@
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H44" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>184</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>10</v>
+        <v>185</v>
       </c>
       <c r="D45" t="s">
-        <v>185</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="F45" t="s">
+      <c r="H45" t="s">
         <v>187</v>
-      </c>
-[...4 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>188</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
         <v>189</v>
       </c>
-      <c r="B46" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D46" t="s">
-        <v>185</v>
+        <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>186</v>
+        <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>187</v>
+        <v>13</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>58</v>
+        <v>190</v>
       </c>
       <c r="H46" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>185</v>
+        <v>193</v>
       </c>
       <c r="E47" t="s">
-        <v>186</v>
+        <v>194</v>
       </c>
       <c r="F47" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H47" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>197</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>17</v>
+      </c>
+      <c r="D48" t="s">
+        <v>193</v>
+      </c>
+      <c r="E48" t="s">
         <v>194</v>
-      </c>
-[...10 lines deleted...]
-        <v>186</v>
       </c>
       <c r="F48" t="s">
         <v>195</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H48" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D49" t="s">
-        <v>185</v>
+        <v>193</v>
       </c>
       <c r="E49" t="s">
-        <v>186</v>
+        <v>194</v>
       </c>
       <c r="F49" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H49" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D50" t="s">
-        <v>201</v>
+        <v>193</v>
       </c>
       <c r="E50" t="s">
-        <v>202</v>
+        <v>194</v>
       </c>
       <c r="F50" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H50" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D51" t="s">
-        <v>201</v>
+        <v>193</v>
       </c>
       <c r="E51" t="s">
-        <v>202</v>
+        <v>194</v>
       </c>
       <c r="F51" t="s">
-        <v>195</v>
+        <v>206</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H51" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E52" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="F52" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H52" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>17</v>
       </c>
       <c r="D53" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E53" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="F53" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H53" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="E54" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="F54" t="s">
-        <v>214</v>
+        <v>66</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>58</v>
+        <v>217</v>
       </c>
       <c r="H54" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E55" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F55" t="s">
-        <v>192</v>
+        <v>222</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H55" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="D56" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E56" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F56" t="s">
-        <v>66</v>
+        <v>222</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H56" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="D57" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E57" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F57" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H57" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="D58" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E58" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F58" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H58" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="D59" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E59" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F59" t="s">
         <v>66</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H59" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D60" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E60" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F60" t="s">
-        <v>66</v>
+        <v>234</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H60" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="D61" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E61" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F61" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H61" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="D62" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E62" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F62" t="s">
-        <v>192</v>
+        <v>66</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H62" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>234</v>
+        <v>45</v>
       </c>
       <c r="D63" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E63" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F63" t="s">
-        <v>192</v>
+        <v>66</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H63" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>237</v>
+        <v>49</v>
       </c>
       <c r="D64" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E64" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F64" t="s">
-        <v>238</v>
+        <v>66</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H64" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="D65" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E65" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F65" t="s">
-        <v>214</v>
+        <v>200</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H65" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>61</v>
+        <v>247</v>
       </c>
       <c r="D66" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E66" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F66" t="s">
-        <v>66</v>
+        <v>200</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H66" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>65</v>
+        <v>250</v>
       </c>
       <c r="D67" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E67" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F67" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H67" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>70</v>
+        <v>57</v>
       </c>
       <c r="D68" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E68" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F68" t="s">
-        <v>245</v>
+        <v>227</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H68" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="D69" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E69" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F69" t="s">
-        <v>187</v>
+        <v>66</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H69" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>78</v>
+        <v>65</v>
       </c>
       <c r="D70" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E70" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F70" t="s">
-        <v>187</v>
+        <v>258</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H70" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>82</v>
+        <v>70</v>
       </c>
       <c r="D71" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E71" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F71" t="s">
-        <v>198</v>
+        <v>258</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H71" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>86</v>
+        <v>74</v>
       </c>
       <c r="D72" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E72" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F72" t="s">
-        <v>221</v>
+        <v>195</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H72" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="D73" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E73" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F73" t="s">
-        <v>245</v>
+        <v>195</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H73" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>94</v>
+        <v>82</v>
       </c>
       <c r="D74" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E74" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F74" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H74" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="D75" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E75" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F75" t="s">
-        <v>198</v>
+        <v>234</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H75" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>102</v>
+        <v>90</v>
       </c>
       <c r="D76" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E76" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F76" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H76" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="D77" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E77" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F77" t="s">
-        <v>192</v>
+        <v>206</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H77" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>110</v>
+        <v>98</v>
       </c>
       <c r="D78" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E78" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F78" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H78" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="D79" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E79" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F79" t="s">
-        <v>245</v>
+        <v>277</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H79" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>118</v>
+        <v>106</v>
       </c>
       <c r="D80" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E80" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F80" t="s">
-        <v>245</v>
+        <v>200</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H80" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="D81" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E81" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F81" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H81" t="s">
-        <v>275</v>
+        <v>282</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>126</v>
+        <v>114</v>
       </c>
       <c r="D82" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E82" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F82" t="s">
-        <v>198</v>
+        <v>258</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H82" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>130</v>
+        <v>118</v>
       </c>
       <c r="D83" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E83" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F83" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H83" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="D84" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E84" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F84" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H84" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>138</v>
+        <v>126</v>
       </c>
       <c r="D85" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E85" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F85" t="s">
-        <v>264</v>
+        <v>206</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H85" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="D86" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E86" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F86" t="s">
-        <v>221</v>
+        <v>277</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H86" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>146</v>
+        <v>134</v>
       </c>
       <c r="D87" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E87" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F87" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H87" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>150</v>
+        <v>138</v>
       </c>
       <c r="D88" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E88" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F88" t="s">
-        <v>187</v>
+        <v>277</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H88" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>154</v>
+        <v>142</v>
       </c>
       <c r="D89" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E89" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F89" t="s">
-        <v>66</v>
+        <v>234</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H89" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>158</v>
+        <v>146</v>
       </c>
       <c r="D90" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E90" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F90" t="s">
-        <v>66</v>
+        <v>234</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H90" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="D91" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E91" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F91" t="s">
-        <v>66</v>
+        <v>195</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H91" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>166</v>
+        <v>154</v>
       </c>
       <c r="D92" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E92" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F92" t="s">
-        <v>245</v>
+        <v>66</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H92" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>170</v>
+        <v>158</v>
       </c>
       <c r="D93" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E93" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F93" t="s">
-        <v>214</v>
+        <v>66</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H93" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>174</v>
+        <v>162</v>
       </c>
       <c r="D94" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E94" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F94" t="s">
-        <v>245</v>
+        <v>66</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H94" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>178</v>
+        <v>166</v>
       </c>
       <c r="D95" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E95" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F95" t="s">
-        <v>198</v>
+        <v>258</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H95" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>182</v>
+        <v>170</v>
       </c>
       <c r="D96" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E96" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F96" t="s">
-        <v>305</v>
+        <v>227</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H96" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>308</v>
+        <v>174</v>
       </c>
       <c r="D97" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E97" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F97" t="s">
-        <v>214</v>
+        <v>258</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H97" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>311</v>
+        <v>178</v>
       </c>
       <c r="D98" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E98" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F98" t="s">
-        <v>305</v>
+        <v>206</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H98" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>314</v>
+        <v>182</v>
       </c>
       <c r="D99" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E99" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F99" t="s">
-        <v>192</v>
+        <v>318</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H99" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>317</v>
+        <v>185</v>
       </c>
       <c r="D100" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E100" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F100" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H100" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="D101" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E101" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F101" t="s">
-        <v>214</v>
+        <v>318</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H101" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="D102" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E102" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F102" t="s">
-        <v>214</v>
+        <v>200</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H102" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="D103" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E103" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F103" t="s">
-        <v>245</v>
+        <v>234</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H103" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="D104" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E104" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F104" t="s">
-        <v>245</v>
+        <v>227</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H104" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="D105" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E105" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F105" t="s">
-        <v>264</v>
+        <v>227</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H105" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="D106" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E106" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F106" t="s">
-        <v>198</v>
+        <v>258</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H106" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="D107" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E107" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F107" t="s">
-        <v>198</v>
+        <v>258</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H107" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="D108" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E108" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F108" t="s">
-        <v>187</v>
+        <v>277</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H108" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="D109" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E109" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F109" t="s">
-        <v>192</v>
+        <v>206</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H109" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="D110" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E110" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F110" t="s">
-        <v>245</v>
+        <v>206</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H110" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="D111" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E111" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F111" t="s">
-        <v>264</v>
+        <v>195</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H111" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="D112" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E112" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F112" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H112" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="D113" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E113" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F113" t="s">
-        <v>245</v>
+        <v>258</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H113" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="D114" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E114" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F114" t="s">
-        <v>66</v>
+        <v>277</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H114" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="D115" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E115" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F115" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H115" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="D116" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E116" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F116" t="s">
-        <v>198</v>
+        <v>258</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H116" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="D117" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E117" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F117" t="s">
-        <v>198</v>
+        <v>66</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H117" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="D118" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E118" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F118" t="s">
-        <v>187</v>
+        <v>66</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H118" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="D119" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E119" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F119" t="s">
-        <v>245</v>
+        <v>206</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H119" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="D120" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E120" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F120" t="s">
-        <v>192</v>
+        <v>206</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H120" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="D121" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E121" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F121" t="s">
-        <v>245</v>
+        <v>195</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H121" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="D122" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="E122" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="F122" t="s">
-        <v>198</v>
+        <v>258</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H122" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>10</v>
+        <v>389</v>
       </c>
       <c r="D123" t="s">
-        <v>386</v>
+        <v>220</v>
       </c>
       <c r="E123" t="s">
-        <v>387</v>
+        <v>221</v>
       </c>
       <c r="F123" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H123" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>10</v>
+        <v>392</v>
       </c>
       <c r="D124" t="s">
-        <v>390</v>
+        <v>220</v>
       </c>
       <c r="E124" t="s">
-        <v>391</v>
+        <v>221</v>
       </c>
       <c r="F124" t="s">
-        <v>195</v>
+        <v>258</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H124" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>17</v>
+        <v>395</v>
       </c>
       <c r="D125" t="s">
-        <v>390</v>
+        <v>220</v>
       </c>
       <c r="E125" t="s">
-        <v>391</v>
+        <v>221</v>
       </c>
       <c r="F125" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>394</v>
+        <v>58</v>
       </c>
       <c r="H125" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D126" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="E126" t="s">
-        <v>391</v>
+        <v>399</v>
       </c>
       <c r="F126" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>397</v>
+        <v>58</v>
       </c>
       <c r="H126" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>10</v>
       </c>
       <c r="D127" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="E127" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="F127" t="s">
-        <v>13</v>
+        <v>203</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>402</v>
+        <v>58</v>
       </c>
       <c r="H127" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>17</v>
       </c>
       <c r="D128" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="E128" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="F128" t="s">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="H128" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>21</v>
       </c>
       <c r="D129" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="E129" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="F129" t="s">
-        <v>13</v>
+        <v>203</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>58</v>
+        <v>409</v>
       </c>
       <c r="H129" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D130" t="s">
-        <v>400</v>
+        <v>412</v>
       </c>
       <c r="E130" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
       <c r="F130" t="s">
         <v>13</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="H130" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>416</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>17</v>
+      </c>
+      <c r="D131" t="s">
         <v>412</v>
       </c>
-      <c r="B131" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E131" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
       <c r="F131" t="s">
         <v>13</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="H131" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="D132" t="s">
-        <v>400</v>
+        <v>412</v>
       </c>
       <c r="E132" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
       <c r="F132" t="s">
         <v>13</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>416</v>
+        <v>58</v>
       </c>
       <c r="H132" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="D133" t="s">
-        <v>400</v>
+        <v>412</v>
       </c>
       <c r="E133" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
       <c r="F133" t="s">
         <v>13</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="H133" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="D134" t="s">
-        <v>400</v>
+        <v>412</v>
       </c>
       <c r="E134" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
       <c r="F134" t="s">
         <v>13</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="H134" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D135" t="s">
-        <v>400</v>
+        <v>412</v>
       </c>
       <c r="E135" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
       <c r="F135" t="s">
         <v>13</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="H135" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="D136" t="s">
-        <v>400</v>
+        <v>412</v>
       </c>
       <c r="E136" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
       <c r="F136" t="s">
         <v>13</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="H136" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="D137" t="s">
-        <v>400</v>
+        <v>412</v>
       </c>
       <c r="E137" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
       <c r="F137" t="s">
         <v>13</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="H137" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>234</v>
+        <v>45</v>
       </c>
       <c r="D138" t="s">
-        <v>400</v>
+        <v>412</v>
       </c>
       <c r="E138" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
       <c r="F138" t="s">
         <v>13</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="H138" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>237</v>
+        <v>49</v>
       </c>
       <c r="D139" t="s">
-        <v>400</v>
+        <v>412</v>
       </c>
       <c r="E139" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
       <c r="F139" t="s">
         <v>13</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="H139" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="D140" t="s">
-        <v>400</v>
+        <v>412</v>
       </c>
       <c r="E140" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
       <c r="F140" t="s">
         <v>13</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>58</v>
+        <v>443</v>
       </c>
       <c r="H140" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>10</v>
+        <v>247</v>
       </c>
       <c r="D141" t="s">
-        <v>442</v>
+        <v>412</v>
       </c>
       <c r="E141" t="s">
-        <v>443</v>
+        <v>413</v>
       </c>
       <c r="F141" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>58</v>
+        <v>446</v>
       </c>
       <c r="H141" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>17</v>
+        <v>250</v>
       </c>
       <c r="D142" t="s">
-        <v>442</v>
+        <v>412</v>
       </c>
       <c r="E142" t="s">
-        <v>443</v>
+        <v>413</v>
       </c>
       <c r="F142" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>58</v>
+        <v>449</v>
       </c>
       <c r="H142" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
+        <v>65</v>
+      </c>
+      <c r="D143" t="s">
+        <v>412</v>
+      </c>
+      <c r="E143" t="s">
+        <v>413</v>
+      </c>
+      <c r="F143" t="s">
+        <v>13</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="H143" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>454</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
         <v>10</v>
       </c>
-      <c r="D143" t="s">
-[...5 lines deleted...]
-      <c r="F143" t="s">
+      <c r="D144" t="s">
+        <v>455</v>
+      </c>
+      <c r="E144" t="s">
+        <v>456</v>
+      </c>
+      <c r="F144" t="s">
         <v>66</v>
       </c>
-      <c r="G143" s="1" t="s">
-[...3 lines deleted...]
-        <v>450</v>
+      <c r="G144" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="H144" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>458</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>17</v>
+      </c>
+      <c r="D145" t="s">
+        <v>455</v>
+      </c>
+      <c r="E145" t="s">
+        <v>456</v>
+      </c>
+      <c r="F145" t="s">
+        <v>66</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="H145" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>460</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>10</v>
+      </c>
+      <c r="D146" t="s">
+        <v>461</v>
+      </c>
+      <c r="E146" t="s">
+        <v>462</v>
+      </c>
+      <c r="F146" t="s">
+        <v>66</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="H146" t="s">
+        <v>463</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5745,50 +5862,53 @@
     <hyperlink ref="G119" r:id="rId118"/>
     <hyperlink ref="G120" r:id="rId119"/>
     <hyperlink ref="G121" r:id="rId120"/>
     <hyperlink ref="G122" r:id="rId121"/>
     <hyperlink ref="G123" r:id="rId122"/>
     <hyperlink ref="G124" r:id="rId123"/>
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>